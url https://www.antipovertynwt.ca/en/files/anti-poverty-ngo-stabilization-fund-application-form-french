--- v0 (2026-02-04)
+++ v1 (2026-02-25)
@@ -40,68 +40,104 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22C8AA57" w14:textId="6727C7E5" w:rsidR="00FF4B43" w:rsidRPr="00680BEA" w:rsidRDefault="00035CC2" w:rsidP="00C323B7">
       <w:pPr>
         <w:ind w:left="213" w:right="559"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">FONDS ANTI-PAUVRETÉ ET FONDS DE STABILISATION DES ONG </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="073B811C" w14:textId="77777777" w:rsidR="00C323B7" w:rsidRPr="00680BEA" w:rsidRDefault="00035CC2" w:rsidP="00C323B7">
+    <w:p w14:paraId="073B811C" w14:textId="0F92F332" w:rsidR="00C323B7" w:rsidRPr="00680BEA" w:rsidRDefault="00035CC2" w:rsidP="00C323B7">
       <w:pPr>
         <w:ind w:left="213" w:right="559"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
         </w:rPr>
-        <w:t>FORMULAIRE DE DEMANDE (2025-2026)</w:t>
+        <w:t>FORMULAIRE DE DEMANDE (202</w:t>
+      </w:r>
+      <w:r w:rsidR="00155071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680BEA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00155071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680BEA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10D4B6D0" w14:textId="117F8422" w:rsidR="00C323B7" w:rsidRPr="00680BEA" w:rsidRDefault="007C1D74" w:rsidP="00FF4B43">
       <w:pPr>
         <w:spacing w:before="262"/>
         <w:ind w:right="559"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Ce </w:t>
       </w:r>
       <w:r w:rsidR="00035CC2" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -383,51 +419,51 @@
         <w:ind w:right="559"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Veuillez noter que seules les demandes dûment remplies seront prises en considération.</w:t>
       </w:r>
       <w:r w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00000000" w:rsidRPr="00680BEA">
+      <w:r w:rsidR="00155071">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict w14:anchorId="3025D7D3">
           <v:rect id="_x0000_i1025" style="width:424.25pt;height:.05pt" o:hrpct="988" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>SECTION 1 : RENSEIGNEMENTS SUR L’ORGANISATION PRÉSENTANT LA DEMANDE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78C8A53F" w14:textId="77777777" w:rsidR="00C323B7" w:rsidRPr="00680BEA" w:rsidRDefault="00C323B7" w:rsidP="00DF1E42">
       <w:pPr>
         <w:ind w:right="559"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
@@ -773,69 +809,70 @@
         </w:rPr>
         <w:t xml:space="preserve"> Veuillez cocher toutes les réponses </w:t>
       </w:r>
       <w:r w:rsidR="00D77C93" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>qui s’appliquent</w:t>
       </w:r>
       <w:r w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AE93255" w14:textId="77777777" w:rsidR="00463DA5" w:rsidRPr="00680BEA" w:rsidRDefault="00463DA5" w:rsidP="00C323B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F3CD3E7" w14:textId="77777777" w:rsidR="00C323B7" w:rsidRPr="00680BEA" w:rsidRDefault="00000000" w:rsidP="00C323B7">
+    <w:p w14:paraId="0F3CD3E7" w14:textId="77777777" w:rsidR="00C323B7" w:rsidRPr="00680BEA" w:rsidRDefault="00155071" w:rsidP="00C323B7">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:id w:val="343057957"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B90065" w:rsidRPr="00680BEA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B90065" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D77C93" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00B90065" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -849,69 +886,70 @@
         </w:rPr>
         <w:t>Loi sur les société</w:t>
       </w:r>
       <w:r w:rsidR="008E7953" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00B90065" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B90065" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t>des TNO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B9A037C" w14:textId="77777777" w:rsidR="00C323B7" w:rsidRPr="00680BEA" w:rsidRDefault="00000000" w:rsidP="00C323B7">
+    <w:p w14:paraId="2B9A037C" w14:textId="77777777" w:rsidR="00C323B7" w:rsidRPr="00680BEA" w:rsidRDefault="00155071" w:rsidP="00C323B7">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:id w:val="1790248145"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F64B08" w:rsidRPr="00680BEA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00035CC2" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Association créée en vertu d’une loi fédérale</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E847939" w14:textId="77777777" w:rsidR="00A73AAC" w:rsidRPr="00680BEA" w:rsidRDefault="00A73AAC" w:rsidP="00A73AAC">
       <w:pPr>
         <w:ind w:right="559"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
@@ -975,71 +1013,72 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="35C8B150" w14:textId="77777777" w:rsidR="00CC54C5" w:rsidRPr="00680BEA" w:rsidRDefault="00CC54C5" w:rsidP="00A73AAC">
       <w:pPr>
         <w:ind w:right="559"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="005A7CAB" w:rsidRPr="00680BEA" w14:paraId="03C2A90B" w14:textId="77777777" w:rsidTr="00FF4B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F470E05" w14:textId="77777777" w:rsidR="009000CF" w:rsidRPr="00680BEA" w:rsidRDefault="00000000" w:rsidP="009000CF">
+          <w:p w14:paraId="6F470E05" w14:textId="77777777" w:rsidR="009000CF" w:rsidRPr="00680BEA" w:rsidRDefault="00155071" w:rsidP="009000CF">
             <w:pPr>
               <w:ind w:right="559"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-159853196"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009000CF" w:rsidRPr="00680BEA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009000CF" w:rsidRPr="00680BEA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Fonds anti-pauvreté</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13F1CC5B" w14:textId="77777777" w:rsidR="00293B58" w:rsidRPr="00680BEA" w:rsidRDefault="00293B58" w:rsidP="00463DA5">
             <w:pPr>
               <w:ind w:right="559"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
@@ -1488,71 +1527,72 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Instaurer un continuum de services intégré</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D111796" w14:textId="77777777" w:rsidR="00CC54C5" w:rsidRPr="00680BEA" w:rsidRDefault="00CC54C5" w:rsidP="00CC54C5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="1080" w:right="559" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A7CAB" w:rsidRPr="00680BEA" w14:paraId="281F1844" w14:textId="77777777" w:rsidTr="00FF4B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DDBAC6A" w14:textId="77777777" w:rsidR="00AA4877" w:rsidRPr="00680BEA" w:rsidRDefault="00000000" w:rsidP="00AA4877">
+          <w:p w14:paraId="5DDBAC6A" w14:textId="77777777" w:rsidR="00AA4877" w:rsidRPr="00680BEA" w:rsidRDefault="00155071" w:rsidP="00AA4877">
             <w:pPr>
               <w:ind w:right="559"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-201478917"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00035CC2" w:rsidRPr="00680BEA">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00035CC2" w:rsidRPr="00680BEA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00035CC2" w:rsidRPr="00680BEA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
@@ -2047,62 +2087,62 @@
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00680BEA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> régulière de services ou élargissement de programmes existants. Ce fonds a pour but de renforcer la capacité interne d’une organisation, et non de maintenir ou de développer ses services habituels.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30D2F573" w14:textId="77777777" w:rsidR="00CC54C5" w:rsidRPr="00680BEA" w:rsidRDefault="00CC54C5" w:rsidP="00CC54C5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="720" w:right="559" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4BF2BA3A" w14:textId="74A391AD" w:rsidR="00870028" w:rsidRPr="00680BEA" w:rsidRDefault="00000000" w:rsidP="00870028">
+    <w:p w14:paraId="4BF2BA3A" w14:textId="74A391AD" w:rsidR="00870028" w:rsidRPr="00680BEA" w:rsidRDefault="00155071" w:rsidP="00870028">
       <w:pPr>
         <w:spacing w:before="262"/>
         <w:ind w:right="559"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00680BEA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:pict w14:anchorId="36D58D7F">
           <v:rect id="_x0000_i1026" style="width:424.25pt;height:.05pt" o:hrpct="988" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00035CC2" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>SECTION 2 : DEMANDE AU</w:t>
       </w:r>
       <w:r w:rsidR="00556C70" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -4135,177 +4175,181 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="725EC239" w14:textId="77777777" w:rsidR="00B5082B" w:rsidRPr="00680BEA" w:rsidRDefault="00035CC2" w:rsidP="00B5082B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>PIÈCE À FOURNIR POUR LE FONDS ANTI-PAUVRETÉ :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="384E0549" w14:textId="77777777" w:rsidR="00B5082B" w:rsidRPr="00680BEA" w:rsidRDefault="00000000" w:rsidP="00B5082B">
+    <w:p w14:paraId="384E0549" w14:textId="77777777" w:rsidR="00B5082B" w:rsidRPr="00680BEA" w:rsidRDefault="00155071" w:rsidP="00B5082B">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:id w:val="-1967806149"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EB6147" w:rsidRPr="00680BEA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EB6147" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Formulaire de demande dûment rempli</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="242D8FAC" w14:textId="77777777" w:rsidR="00B5082B" w:rsidRPr="00680BEA" w:rsidRDefault="00000000" w:rsidP="00B5082B">
+    <w:p w14:paraId="242D8FAC" w14:textId="77777777" w:rsidR="00B5082B" w:rsidRPr="00680BEA" w:rsidRDefault="00155071" w:rsidP="00B5082B">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:id w:val="828633658"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EB6147" w:rsidRPr="00680BEA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EB6147" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Budget du projet anti-pauvreté</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02ED7E46" w14:textId="499EFAFC" w:rsidR="00B5082B" w:rsidRPr="00680BEA" w:rsidRDefault="00000000" w:rsidP="00B5082B">
+    <w:p w14:paraId="02ED7E46" w14:textId="499EFAFC" w:rsidR="00B5082B" w:rsidRPr="00680BEA" w:rsidRDefault="00155071" w:rsidP="00B5082B">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:id w:val="918757366"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00035CC2" w:rsidRPr="00680BEA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
               <w:color w:val="000000"/>
               <w:lang w:eastAsia="en-CA"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00035CC2" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificat d’assurance (indiquant la couverture d’une assurance responsabilité civile générale)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C11ED2A" w14:textId="00C7EDA6" w:rsidR="00B5082B" w:rsidRPr="00680BEA" w:rsidRDefault="00000000" w:rsidP="00B5082B">
+    <w:p w14:paraId="6C11ED2A" w14:textId="00C7EDA6" w:rsidR="00B5082B" w:rsidRPr="00680BEA" w:rsidRDefault="00155071" w:rsidP="00B5082B">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:id w:val="1950273195"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00035CC2" w:rsidRPr="00680BEA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
               <w:color w:val="000000"/>
               <w:lang w:eastAsia="en-CA"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00035CC2" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Uniquement pour les ONG</w:t>
       </w:r>
       <w:r w:rsidR="00BC5DD8" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> : l</w:t>
       </w:r>
@@ -4496,61 +4540,61 @@
     </w:p>
     <w:p w14:paraId="71B22E78" w14:textId="77777777" w:rsidR="006A7AAD" w:rsidRPr="00680BEA" w:rsidRDefault="006A7AAD" w:rsidP="00E22FC6">
       <w:pPr>
         <w:spacing w:before="262"/>
         <w:ind w:right="559"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BADB59E" w14:textId="77777777" w:rsidR="006A7AAD" w:rsidRPr="00680BEA" w:rsidRDefault="006A7AAD" w:rsidP="00E22FC6">
       <w:pPr>
         <w:spacing w:before="262"/>
         <w:ind w:right="559"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="321D4A56" w14:textId="1148DD25" w:rsidR="00E22FC6" w:rsidRPr="00680BEA" w:rsidRDefault="00000000" w:rsidP="00E22FC6">
+    <w:p w14:paraId="321D4A56" w14:textId="1148DD25" w:rsidR="00E22FC6" w:rsidRPr="00680BEA" w:rsidRDefault="00155071" w:rsidP="00E22FC6">
       <w:pPr>
         <w:spacing w:before="262"/>
         <w:ind w:right="559"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00680BEA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict w14:anchorId="39A224CB">
           <v:rect id="_x0000_i1027" style="width:424.25pt;height:.05pt" o:hrpct="988" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00035CC2" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION 3 : DEMANDE AU </w:t>
       </w:r>
       <w:r w:rsidR="00680BEA" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
@@ -5310,60 +5354,60 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6236" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D140EFD" w14:textId="77777777" w:rsidR="00A8703E" w:rsidRPr="00680BEA" w:rsidRDefault="00A8703E" w:rsidP="0063665F">
             <w:pPr>
               <w:ind w:right="559"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="058FF028" w14:textId="77777777" w:rsidR="00A8703E" w:rsidRPr="00680BEA" w:rsidRDefault="00A8703E" w:rsidP="0063665F">
             <w:pPr>
               <w:ind w:right="559"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6A0CB1AC" w14:textId="77777777" w:rsidR="006A7AAD" w:rsidRPr="00680BEA" w:rsidRDefault="00000000" w:rsidP="00FF4B43">
+    <w:p w14:paraId="6A0CB1AC" w14:textId="77777777" w:rsidR="006A7AAD" w:rsidRPr="00680BEA" w:rsidRDefault="00155071" w:rsidP="00FF4B43">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00680BEA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict w14:anchorId="1C6A498E">
           <v:rect id="_x0000_i1028" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="0408FCEA" w14:textId="77777777" w:rsidR="006A7AAD" w:rsidRPr="00680BEA" w:rsidRDefault="006A7AAD" w:rsidP="00FF4B43">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67DB3FEC" w14:textId="77777777" w:rsidR="00B86728" w:rsidRPr="00680BEA" w:rsidRDefault="00B86728" w:rsidP="00FF4B43">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1"/>
         <w:rPr>
@@ -5510,60 +5554,60 @@
           <w:p w14:paraId="29DFEA5D" w14:textId="77777777" w:rsidR="00A73AAC" w:rsidRPr="00680BEA" w:rsidRDefault="00A73AAC" w:rsidP="00F6759B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E2EAB2F" w14:textId="77777777" w:rsidR="00F6759B" w:rsidRPr="00680BEA" w:rsidRDefault="00F6759B" w:rsidP="00F6759B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C2E72D8" w14:textId="77777777" w:rsidR="005234F8" w:rsidRPr="00680BEA" w:rsidRDefault="00000000" w:rsidP="00FF4B43">
+    <w:p w14:paraId="0C2E72D8" w14:textId="77777777" w:rsidR="005234F8" w:rsidRPr="00680BEA" w:rsidRDefault="00155071" w:rsidP="00FF4B43">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00680BEA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict w14:anchorId="34947CD7">
           <v:rect id="_x0000_i1029" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00035CC2" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>FONDS DE STABILISATION DES ONG – BUDGET DU PROJET</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF88DED" w14:textId="77777777" w:rsidR="006A7AAD" w:rsidRPr="00680BEA" w:rsidRDefault="006A7AAD" w:rsidP="006A7AAD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
@@ -6001,145 +6045,148 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="037889D3" w14:textId="77777777" w:rsidR="002A6F16" w:rsidRPr="00680BEA" w:rsidRDefault="00035CC2" w:rsidP="002A6F16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>PIÈCE À FOURNIR POUR LE FONDS DE STABILISATION DES ONG :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="424C194D" w14:textId="77777777" w:rsidR="002A6F16" w:rsidRPr="00680BEA" w:rsidRDefault="00000000" w:rsidP="00A27D80">
+    <w:p w14:paraId="424C194D" w14:textId="77777777" w:rsidR="002A6F16" w:rsidRPr="00680BEA" w:rsidRDefault="00155071" w:rsidP="00A27D80">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:id w:val="2124425865"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00035CC2" w:rsidRPr="00680BEA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
               <w:color w:val="000000"/>
               <w:lang w:eastAsia="en-CA"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00035CC2" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Formulaire de demande dûment rempli, y compris le budget du projet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C737AE8" w14:textId="2C9290B2" w:rsidR="002A6F16" w:rsidRPr="00680BEA" w:rsidRDefault="00000000" w:rsidP="002A6F16">
+    <w:p w14:paraId="7C737AE8" w14:textId="2C9290B2" w:rsidR="002A6F16" w:rsidRPr="00680BEA" w:rsidRDefault="00155071" w:rsidP="002A6F16">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:id w:val="822625690"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00035CC2" w:rsidRPr="00680BEA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
               <w:color w:val="000000"/>
               <w:lang w:eastAsia="en-CA"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00035CC2" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificat d’assurance (indiquant la couverture d’une assurance responsabilité civile générale)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="753F119C" w14:textId="77777777" w:rsidR="002A6F16" w:rsidRPr="00680BEA" w:rsidRDefault="00000000" w:rsidP="002A6F16">
+    <w:p w14:paraId="753F119C" w14:textId="77777777" w:rsidR="002A6F16" w:rsidRPr="00680BEA" w:rsidRDefault="00155071" w:rsidP="002A6F16">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:id w:val="-2135162044"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F67F7D" w:rsidRPr="00680BEA">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EB6147" w:rsidRPr="00680BEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lettre prouvant que votre entreprise est en règle</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F938D47" w14:textId="77777777" w:rsidR="00C323B7" w:rsidRPr="00680BEA" w:rsidRDefault="00035CC2" w:rsidP="00BE5A87">
       <w:pPr>
         <w:spacing w:before="262"/>
         <w:ind w:right="559"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
@@ -6391,108 +6438,126 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2032910637"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1728636285"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="78142E5B" w14:textId="04CAC29A" w:rsidR="00BE0DAA" w:rsidRPr="00FF4B43" w:rsidRDefault="00035CC2" w:rsidP="00BE0DAA">
+          <w:p w14:paraId="78142E5B" w14:textId="0B1B614B" w:rsidR="00BE0DAA" w:rsidRPr="00FF4B43" w:rsidRDefault="00035CC2" w:rsidP="00BE0DAA">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Date limite </w:t>
             </w:r>
             <w:r w:rsidR="00556C70">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">de </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>présentation des demandes : Le vendredi 13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">février 2026 à 17 h (HR) </w:t>
+              <w:t>février 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00155071">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> à 17 h (HR) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39434FF8" w14:textId="77777777" w:rsidR="002A6F16" w:rsidRDefault="00035CC2" w:rsidP="00BE0DAA">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="00556C70">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidRPr="00556C70">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00556C70">
               <w:rPr>
                 <w:b/>
@@ -10803,87 +10868,88 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1523669782">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1124347358">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1881627340">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="559368541">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="70666628">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="580407953">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00873225"/>
     <w:rsid w:val="000251C9"/>
     <w:rsid w:val="00035CC2"/>
     <w:rsid w:val="00044711"/>
     <w:rsid w:val="0007413C"/>
     <w:rsid w:val="00081C19"/>
     <w:rsid w:val="0008558D"/>
     <w:rsid w:val="000C4ED1"/>
     <w:rsid w:val="001050E7"/>
     <w:rsid w:val="00124887"/>
     <w:rsid w:val="001435B4"/>
     <w:rsid w:val="00147E50"/>
     <w:rsid w:val="00154EAA"/>
+    <w:rsid w:val="00155071"/>
     <w:rsid w:val="001565E2"/>
     <w:rsid w:val="00180A7E"/>
     <w:rsid w:val="001B581A"/>
     <w:rsid w:val="001F32B8"/>
     <w:rsid w:val="00205DB8"/>
     <w:rsid w:val="002113D3"/>
     <w:rsid w:val="0024723D"/>
     <w:rsid w:val="00272E9C"/>
     <w:rsid w:val="00293B58"/>
     <w:rsid w:val="002A6F16"/>
     <w:rsid w:val="00332064"/>
     <w:rsid w:val="00337DBF"/>
     <w:rsid w:val="00343AE9"/>
     <w:rsid w:val="003A78DD"/>
     <w:rsid w:val="003D1919"/>
     <w:rsid w:val="003F209A"/>
     <w:rsid w:val="003F5534"/>
     <w:rsid w:val="003F7DAE"/>
     <w:rsid w:val="00410CF1"/>
     <w:rsid w:val="00440B00"/>
     <w:rsid w:val="004449B4"/>
     <w:rsid w:val="00450985"/>
     <w:rsid w:val="0045382E"/>
     <w:rsid w:val="004638F7"/>
     <w:rsid w:val="00463DA5"/>
@@ -10970,76 +11036,77 @@
     <w:rsid w:val="00D2085D"/>
     <w:rsid w:val="00D53780"/>
     <w:rsid w:val="00D56A37"/>
     <w:rsid w:val="00D57EFC"/>
     <w:rsid w:val="00D66666"/>
     <w:rsid w:val="00D77C93"/>
     <w:rsid w:val="00D97A53"/>
     <w:rsid w:val="00DA066F"/>
     <w:rsid w:val="00DC4A0A"/>
     <w:rsid w:val="00DD3616"/>
     <w:rsid w:val="00DE4B35"/>
     <w:rsid w:val="00DE4F8B"/>
     <w:rsid w:val="00DF1E42"/>
     <w:rsid w:val="00E10DCE"/>
     <w:rsid w:val="00E20A28"/>
     <w:rsid w:val="00E22FC6"/>
     <w:rsid w:val="00E25A79"/>
     <w:rsid w:val="00E54C52"/>
     <w:rsid w:val="00EB6147"/>
     <w:rsid w:val="00EC019C"/>
     <w:rsid w:val="00EC55D6"/>
     <w:rsid w:val="00EE42D1"/>
     <w:rsid w:val="00F26990"/>
     <w:rsid w:val="00F64B08"/>
     <w:rsid w:val="00F6511D"/>
+    <w:rsid w:val="00F65FC4"/>
     <w:rsid w:val="00F6759B"/>
     <w:rsid w:val="00F67F7D"/>
     <w:rsid w:val="00F84454"/>
     <w:rsid w:val="00F8794C"/>
     <w:rsid w:val="00F9635D"/>
     <w:rsid w:val="00F976E6"/>
     <w:rsid w:val="00FE1B39"/>
     <w:rsid w:val="00FF4B43"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1031"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="22890FC4"/>
   <w15:docId w15:val="{84890FC1-0133-42A9-A82D-13448EB258EC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
@@ -12045,71 +12112,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...19 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F5E4BAC5452C164DABC2BAEF9C141B7E" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3e81cab13f216043444e686c09e3004b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="a18bcfa2-191e-48a5-b57f-5ca1190310dc" xmlns:ns4="4fd876e6-dc30-477d-ab06-6c5543aa6616" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7b44f25c69b019a09cd959f2199ed9c0" ns3:_="" ns4:_="">
     <xsd:import namespace="a18bcfa2-191e-48a5-b57f-5ca1190310dc"/>
     <xsd:import namespace="4fd876e6-dc30-477d-ab06-6c5543aa6616"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:_activity" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
@@ -12298,125 +12344,146 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="4fd876e6-dc30-477d-ab06-6c5543aa6616" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{090DCBEC-D6B9-4127-8A09-053E057FA109}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a18bcfa2-191e-48a5-b57f-5ca1190310dc"/>
     <ds:schemaRef ds:uri="4fd876e6-dc30-477d-ab06-6c5543aa6616"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18DECDD1-E652-455E-B2BB-7D129738C603}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A6AD1CC-8F12-461B-8ED4-08636BD2265D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4fd876e6-dc30-477d-ab06-6c5543aa6616"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64D4B4A3-B37E-4F76-9CCE-F1235EA18095}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1625</Words>
-  <Characters>9658</Characters>
+  <Words>1684</Words>
+  <Characters>9599</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>439</Lines>
-  <Paragraphs>212</Paragraphs>
+  <Lines>79</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11071</CharactersWithSpaces>
+  <CharactersWithSpaces>11261</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Sarah Hart</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F5E4BAC5452C164DABC2BAEF9C141B7E</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Created">
     <vt:filetime>2025-10-03T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Creator">